--- v0 (2025-10-29)
+++ v1 (2026-02-17)
@@ -12,176 +12,194 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>AB S.A.</t>
   </si>
   <si>
     <t>Lata</t>
   </si>
   <si>
+    <t>2024-25***</t>
+  </si>
+  <si>
     <t>2023-24***</t>
   </si>
   <si>
     <t>2022-23*</t>
   </si>
   <si>
     <t>2021-22</t>
   </si>
   <si>
     <t>2020-21</t>
   </si>
   <si>
     <t>2019-20</t>
   </si>
   <si>
     <t>Rentowność sprzedaży</t>
   </si>
   <si>
+    <t>4,23%</t>
+  </si>
+  <si>
     <t>4,20%</t>
   </si>
   <si>
     <t>3,57%</t>
   </si>
   <si>
     <t>3,03%</t>
   </si>
   <si>
     <t>2,82%</t>
   </si>
   <si>
     <t>2,81%</t>
   </si>
   <si>
     <t>Wskaźnik bieżącej płynności</t>
   </si>
   <si>
+    <t>1,43</t>
+  </si>
+  <si>
     <t>1,46</t>
   </si>
   <si>
     <t>1,33</t>
   </si>
   <si>
     <t>1,41</t>
   </si>
   <si>
     <t>1,49</t>
   </si>
   <si>
-    <t>1,43</t>
-[...1 lines deleted...]
-  <si>
     <t>Wskaźnik zadłużenia</t>
   </si>
   <si>
+    <t>65,98%</t>
+  </si>
+  <si>
     <t>65,12%</t>
   </si>
   <si>
     <t>71,78%</t>
   </si>
   <si>
     <t>66,19%</t>
   </si>
   <si>
     <t>62,82%</t>
   </si>
   <si>
     <t>67,39%</t>
   </si>
   <si>
     <t>DSO</t>
   </si>
   <si>
     <t>DIO</t>
   </si>
   <si>
     <t>DPO</t>
   </si>
   <si>
     <t>CCC</t>
   </si>
   <si>
     <t>ROA</t>
   </si>
   <si>
+    <t>4,79%</t>
+  </si>
+  <si>
     <t>4,57%</t>
   </si>
   <si>
     <t>4,54%</t>
   </si>
   <si>
     <t>3,99%</t>
   </si>
   <si>
     <t>3,64%</t>
   </si>
   <si>
     <t>1,92%</t>
   </si>
   <si>
     <t>ROE</t>
   </si>
   <si>
+    <t>13,74%</t>
+  </si>
+  <si>
     <t>16,64%</t>
   </si>
   <si>
     <t>15,26%</t>
   </si>
   <si>
     <t>12,83%</t>
   </si>
   <si>
     <t>10,73%</t>
   </si>
   <si>
     <t>6,22%</t>
   </si>
   <si>
     <t>SGA</t>
+  </si>
+  <si>
+    <t>2,31%</t>
   </si>
   <si>
     <t>2,22%</t>
   </si>
   <si>
     <t>1,84%</t>
   </si>
   <si>
     <t>1,85%</t>
   </si>
   <si>
     <t>2,15%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -496,285 +514,318 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F13"/>
+  <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="12" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6">
+    <row r="1" spans="1:7">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0"/>
     </row>
-    <row r="3" spans="1:6">
+    <row r="3" spans="1:7">
       <c r="A3" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="0" t="s">
         <v>6</v>
       </c>
-    </row>
-    <row r="4" spans="1:6">
+      <c r="G3" s="0" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7">
       <c r="A4" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:6">
+        <v>13</v>
+      </c>
+      <c r="G4" s="0" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7">
       <c r="A5" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D5" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="F5" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="E5" s="0" t="s">
-[...6 lines deleted...]
-    <row r="6" spans="1:6">
+    </row>
+    <row r="6" spans="1:7">
       <c r="A6" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:6">
+        <v>26</v>
+      </c>
+      <c r="G6" s="0" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7">
       <c r="A7" s="0" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B7" s="0">
+        <v>56</v>
+      </c>
+      <c r="C7" s="0">
         <v>42</v>
       </c>
-      <c r="C7" s="0">
+      <c r="D7" s="0">
         <v>36</v>
       </c>
-      <c r="D7" s="0">
+      <c r="E7" s="0">
         <v>35</v>
       </c>
-      <c r="E7" s="0">
+      <c r="F7" s="0">
         <v>26</v>
       </c>
-      <c r="F7" s="0">
+      <c r="G7" s="0">
         <v>42</v>
       </c>
     </row>
-    <row r="8" spans="1:6">
+    <row r="8" spans="1:7">
       <c r="A8" s="0" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B8" s="0">
+        <v>47</v>
+      </c>
+      <c r="C8" s="0">
         <v>49</v>
       </c>
-      <c r="C8" s="0">
+      <c r="D8" s="0">
         <v>62</v>
       </c>
-      <c r="D8" s="0">
+      <c r="E8" s="0">
         <v>41</v>
       </c>
-      <c r="E8" s="0">
+      <c r="F8" s="0">
         <v>39</v>
       </c>
-      <c r="F8" s="0">
+      <c r="G8" s="0">
         <v>36</v>
       </c>
     </row>
-    <row r="9" spans="1:6">
+    <row r="9" spans="1:7">
       <c r="A9" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B9" s="0">
+        <v>69</v>
+      </c>
+      <c r="C9" s="0">
         <v>58</v>
       </c>
-      <c r="C9" s="0">
+      <c r="D9" s="0">
         <v>65</v>
       </c>
-      <c r="D9" s="0">
+      <c r="E9" s="0">
         <v>46</v>
       </c>
-      <c r="E9" s="0">
+      <c r="F9" s="0">
         <v>35</v>
       </c>
-      <c r="F9" s="0">
+      <c r="G9" s="0">
         <v>57</v>
       </c>
     </row>
-    <row r="10" spans="1:6">
+    <row r="10" spans="1:7">
       <c r="A10" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B10" s="0">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C10" s="0">
         <v>33</v>
       </c>
       <c r="D10" s="0">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E10" s="0">
         <v>30</v>
       </c>
       <c r="F10" s="0">
+        <v>30</v>
+      </c>
+      <c r="G10" s="0">
         <v>21</v>
       </c>
     </row>
-    <row r="11" spans="1:6">
+    <row r="11" spans="1:7">
       <c r="A11" s="0" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:6">
+        <v>37</v>
+      </c>
+      <c r="G11" s="0" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7">
       <c r="A12" s="0" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:6">
+        <v>44</v>
+      </c>
+      <c r="G12" s="0" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
       <c r="A13" s="0" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>45</v>
+        <v>49</v>
+      </c>
+      <c r="G13" s="0" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">