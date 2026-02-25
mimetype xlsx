--- v0 (2025-11-25)
+++ v1 (2026-02-25)
@@ -12,539 +12,611 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
   <si>
     <t>AB S.A.</t>
   </si>
   <si>
     <t>w tys. PLN</t>
   </si>
   <si>
     <t>Lata</t>
   </si>
   <si>
+    <t>2024-25***</t>
+  </si>
+  <si>
     <t>2023-24***</t>
   </si>
   <si>
     <t>2022-23*</t>
   </si>
   <si>
     <t>2021-22</t>
   </si>
   <si>
     <t>2020-21</t>
   </si>
   <si>
     <t>2019-20</t>
   </si>
   <si>
     <t>2018-19</t>
   </si>
   <si>
     <t>Przychody ze sprzedaży</t>
   </si>
   <si>
+    <t>8 582 240</t>
+  </si>
+  <si>
     <t>8 708 103</t>
   </si>
   <si>
     <t>11 411 222</t>
   </si>
   <si>
     <t>8 480 024</t>
   </si>
   <si>
     <t>7 880 912</t>
   </si>
   <si>
     <t>5 694 302</t>
   </si>
   <si>
     <t>4 806 228</t>
   </si>
   <si>
     <t>Zysk brutto ze sprzedaży</t>
   </si>
   <si>
+    <t>363 261</t>
+  </si>
+  <si>
     <t>365 882</t>
   </si>
   <si>
     <t>407 403</t>
   </si>
   <si>
     <t>256 522</t>
   </si>
   <si>
     <t>222 567</t>
   </si>
   <si>
     <t>160 171</t>
   </si>
   <si>
     <t>164 173</t>
   </si>
   <si>
     <t>Koszty sprzedaży i ogólnego zarządu</t>
   </si>
   <si>
+    <t>198 515</t>
+  </si>
+  <si>
     <t>193 244</t>
   </si>
   <si>
     <t>209 756</t>
   </si>
   <si>
     <t>157 277</t>
   </si>
   <si>
     <t>145 235</t>
   </si>
   <si>
     <t>122 496</t>
   </si>
   <si>
     <t>132 882</t>
   </si>
   <si>
     <t>Zysk operacyjny</t>
   </si>
   <si>
+    <t>161 533</t>
+  </si>
+  <si>
     <t>180 388</t>
   </si>
   <si>
     <t>198 649</t>
   </si>
   <si>
     <t>101 151</t>
   </si>
   <si>
     <t>70 761</t>
   </si>
   <si>
     <t>37 597</t>
   </si>
   <si>
     <t>32 990</t>
   </si>
   <si>
     <t>Zysk netto</t>
   </si>
   <si>
+    <t>127 043</t>
+  </si>
+  <si>
     <t>135 418</t>
   </si>
   <si>
     <t>129 512</t>
   </si>
   <si>
     <t>85 114</t>
   </si>
   <si>
     <t>65 004</t>
   </si>
   <si>
     <t>35 693</t>
   </si>
   <si>
     <t>35 490</t>
   </si>
   <si>
     <t>EBITDA</t>
   </si>
   <si>
+    <t>172 197</t>
+  </si>
+  <si>
     <t>192 058</t>
   </si>
   <si>
     <t>205 929</t>
   </si>
   <si>
     <t>106 164</t>
   </si>
   <si>
     <t>74 934</t>
   </si>
   <si>
     <t>41 732</t>
   </si>
   <si>
     <t>37 065</t>
   </si>
   <si>
     <t>EBITDA %</t>
   </si>
   <si>
+    <t>2,01%</t>
+  </si>
+  <si>
     <t>2,21%</t>
   </si>
   <si>
     <t>1,80%</t>
   </si>
   <si>
     <t>1,25%</t>
   </si>
   <si>
     <t>0,95%</t>
   </si>
   <si>
     <t>0,73%</t>
   </si>
   <si>
     <t>0,77%</t>
   </si>
   <si>
     <t>Zysk na akcję (w złotych)</t>
   </si>
   <si>
+    <t>8,04</t>
+  </si>
+  <si>
     <t>8,55</t>
   </si>
   <si>
     <t>8,08</t>
   </si>
   <si>
     <t>5,26</t>
   </si>
   <si>
     <t>4,02</t>
   </si>
   <si>
     <t>2,20</t>
   </si>
   <si>
     <t>2,19</t>
   </si>
   <si>
     <t>Aktywa</t>
   </si>
   <si>
+    <t>2 912 466</t>
+  </si>
+  <si>
     <t>2 651 067</t>
   </si>
   <si>
     <t>2 896 449</t>
   </si>
   <si>
     <t>2 133 522</t>
   </si>
   <si>
     <t>1 784 939</t>
   </si>
   <si>
     <t>1 858 337</t>
   </si>
   <si>
     <t>1 512 055</t>
   </si>
   <si>
     <t>Aktywa trwałe</t>
   </si>
   <si>
+    <t>319 782</t>
+  </si>
+  <si>
     <t>330 133</t>
   </si>
   <si>
     <t>289 145</t>
   </si>
   <si>
     <t>269 498</t>
   </si>
   <si>
     <t>282 749</t>
   </si>
   <si>
     <t>267 452</t>
   </si>
   <si>
     <t>355 341</t>
   </si>
   <si>
     <t>Aktywa obrotowe</t>
   </si>
   <si>
+    <t>2 592 684</t>
+  </si>
+  <si>
     <t>2 320 934</t>
   </si>
   <si>
     <t>2 607 304</t>
   </si>
   <si>
     <t>1 864 024</t>
   </si>
   <si>
     <t>1 502 190</t>
   </si>
   <si>
     <t>1 590 885</t>
   </si>
   <si>
     <t>1 156 714</t>
   </si>
   <si>
     <t>w tym Zapasy</t>
   </si>
   <si>
+    <t>1 321 984</t>
+  </si>
+  <si>
     <t>997 710</t>
   </si>
   <si>
     <t>913 563</t>
   </si>
   <si>
     <t>958 599</t>
   </si>
   <si>
     <t>840 717</t>
   </si>
   <si>
     <t>563 583</t>
   </si>
   <si>
     <t>515 778</t>
   </si>
   <si>
     <t>w tym Należności krótkoterminowe z tytułu dostaw i usług</t>
   </si>
   <si>
+    <t>1 119 470</t>
+  </si>
+  <si>
     <t>1 175 880</t>
   </si>
   <si>
     <t>1 550 479</t>
   </si>
   <si>
     <t>823 303</t>
   </si>
   <si>
     <t>559 428</t>
   </si>
   <si>
     <t>656 383</t>
   </si>
   <si>
     <t>492 908</t>
   </si>
   <si>
     <t>Kapitały własne</t>
   </si>
   <si>
+    <t>990 875</t>
+  </si>
+  <si>
     <t>924 590</t>
   </si>
   <si>
     <t>817 383</t>
   </si>
   <si>
     <t>721 351</t>
   </si>
   <si>
     <t>663 630</t>
   </si>
   <si>
     <t>605 919</t>
   </si>
   <si>
     <t>573 461</t>
   </si>
   <si>
     <t>Kapitał zakładowy</t>
   </si>
   <si>
     <t>16 188</t>
   </si>
   <si>
     <t>Zobowiązania i rezerwy na zobowiązania</t>
   </si>
   <si>
+    <t>1 921 591</t>
+  </si>
+  <si>
     <t>1 726 477</t>
   </si>
   <si>
     <t>2 079 066</t>
   </si>
   <si>
     <t>1 412 171</t>
   </si>
   <si>
     <t>1 121 309</t>
   </si>
   <si>
     <t>1 252 418</t>
   </si>
   <si>
     <t>938 594</t>
   </si>
   <si>
     <t>Zobowiązania długoterminowe</t>
   </si>
   <si>
+    <t>109 017</t>
+  </si>
+  <si>
     <t>140 164</t>
   </si>
   <si>
     <t>115 863</t>
   </si>
   <si>
     <t>87 559</t>
   </si>
   <si>
     <t>115 964</t>
   </si>
   <si>
     <t>142 437</t>
   </si>
   <si>
     <t>158 893</t>
   </si>
   <si>
     <t>Zobowiązania krótkoterminowe</t>
   </si>
   <si>
+    <t>1 812 574</t>
+  </si>
+  <si>
     <t>1 586 313</t>
   </si>
   <si>
     <t>1 963 203</t>
   </si>
   <si>
     <t>1 324 612</t>
   </si>
   <si>
     <t>1 005 345</t>
   </si>
   <si>
     <t>1 109 981</t>
   </si>
   <si>
     <t>779 701</t>
   </si>
   <si>
     <t>w tym Zobowiązania krótkoterminowe z tytułu dostaw i usług</t>
   </si>
   <si>
-    <t>1 025 399</t>
+    <t>1 321 219</t>
+  </si>
+  <si>
+    <t>1 027 980</t>
   </si>
   <si>
     <t>1 359 945</t>
   </si>
   <si>
     <t>881 360</t>
   </si>
   <si>
     <t>613 544</t>
   </si>
   <si>
     <t>829 669</t>
   </si>
   <si>
     <t>595 471</t>
   </si>
   <si>
     <t>Wartość księgowa na akcję (w złotych)</t>
   </si>
   <si>
-    <t>58,40</t>
-[...2 lines deleted...]
-    <t>50,49</t>
+    <t>63,04</t>
+  </si>
+  <si>
+    <t>58,46</t>
+  </si>
+  <si>
+    <t>50,97</t>
   </si>
   <si>
     <t>44,56</t>
   </si>
   <si>
     <t>41,00</t>
   </si>
   <si>
     <t>37,43</t>
   </si>
   <si>
     <t>35,43</t>
   </si>
   <si>
     <t>Liczba akcji</t>
   </si>
   <si>
+    <t>15 793 997</t>
+  </si>
+  <si>
     <t>15 831 047</t>
   </si>
   <si>
     <t>16 038 289</t>
   </si>
   <si>
     <t>16 187 644</t>
   </si>
   <si>
     <t>Przepływy z działalność operacyjnej</t>
   </si>
   <si>
+    <t>63 471</t>
+  </si>
+  <si>
     <t>199 590</t>
   </si>
   <si>
     <t>22 863</t>
   </si>
   <si>
     <t>28 835</t>
   </si>
   <si>
     <t>-256 387</t>
   </si>
   <si>
     <t>158 727</t>
   </si>
   <si>
     <t>9 194</t>
   </si>
   <si>
     <t>Przepływy z działalności inwestycyjnej</t>
   </si>
   <si>
+    <t>12 610</t>
+  </si>
+  <si>
     <t>10 906</t>
   </si>
   <si>
     <t>-4 224</t>
   </si>
   <si>
     <t>48 378</t>
   </si>
   <si>
     <t>84 693</t>
   </si>
   <si>
     <t>61 635</t>
   </si>
   <si>
     <t>-29 514</t>
   </si>
   <si>
     <t>Przepływy z działalności finansowej</t>
+  </si>
+  <si>
+    <t>-76 221</t>
   </si>
   <si>
     <t>-156 987</t>
   </si>
   <si>
     <t>7 377</t>
   </si>
   <si>
     <t>-89 652</t>
   </si>
   <si>
     <t>-33 814</t>
   </si>
   <si>
     <t>-36 850</t>
   </si>
   <si>
     <t>-3 006</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -865,642 +937,717 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G27"/>
+  <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="12" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:8">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:7">
+    <row r="3" spans="1:8">
       <c r="A3" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="0" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:7">
+      <c r="H3" s="0" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
       <c r="A4" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G4" s="0" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:7">
+        <v>16</v>
+      </c>
+      <c r="H4" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
       <c r="A5" s="0" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:7">
+        <v>24</v>
+      </c>
+      <c r="H5" s="0" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
       <c r="A6" s="0" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:7">
+        <v>32</v>
+      </c>
+      <c r="H6" s="0" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
       <c r="A7" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:7">
+        <v>40</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
       <c r="A8" s="0" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:7">
+        <v>48</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
       <c r="A9" s="0" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:7">
+        <v>56</v>
+      </c>
+      <c r="H9" s="0" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
       <c r="A10" s="0" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:7">
+        <v>64</v>
+      </c>
+      <c r="H10" s="0" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
       <c r="A11" s="0" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:7">
+        <v>72</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
       <c r="A12" s="0" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:7">
+        <v>80</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
       <c r="A13" s="0" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:7">
+        <v>88</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
       <c r="A14" s="0" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:7">
+        <v>96</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
       <c r="A15" s="0" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>91</v>
+        <v>103</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:7">
+        <v>104</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
       <c r="A16" s="0" t="s">
-        <v>93</v>
+        <v>106</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>95</v>
+        <v>108</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>98</v>
+        <v>111</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:7">
+        <v>112</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
       <c r="A17" s="0" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>103</v>
+        <v>117</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>105</v>
+        <v>119</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:7">
+        <v>120</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
       <c r="A18" s="0" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:7">
+        <v>123</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
       <c r="A19" s="0" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>112</v>
+        <v>127</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>113</v>
+        <v>128</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>114</v>
+        <v>129</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:7">
+        <v>130</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
       <c r="A20" s="0" t="s">
-        <v>116</v>
+        <v>132</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>117</v>
+        <v>133</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>118</v>
+        <v>134</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>119</v>
+        <v>135</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:7">
+        <v>138</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
       <c r="A21" s="0" t="s">
-        <v>123</v>
+        <v>140</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>124</v>
+        <v>141</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>125</v>
+        <v>142</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>126</v>
+        <v>143</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>127</v>
+        <v>144</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:7">
+        <v>146</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
       <c r="A22" s="0" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>131</v>
+        <v>149</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>132</v>
+        <v>150</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>133</v>
+        <v>151</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>134</v>
+        <v>152</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>135</v>
+        <v>153</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:7">
+        <v>154</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
       <c r="A23" s="0" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>138</v>
+        <v>157</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>139</v>
+        <v>158</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>140</v>
+        <v>159</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>141</v>
+        <v>160</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:7">
+        <v>162</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
       <c r="A24" s="0" t="s">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>145</v>
+        <v>165</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>146</v>
+        <v>166</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>147</v>
+        <v>168</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>147</v>
+        <v>168</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:7">
+        <v>168</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
       <c r="A25" s="0" t="s">
-        <v>148</v>
+        <v>169</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>149</v>
+        <v>170</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>150</v>
+        <v>171</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>151</v>
+        <v>172</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>153</v>
+        <v>174</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:7">
+        <v>175</v>
+      </c>
+      <c r="H25" s="0" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
       <c r="A26" s="0" t="s">
-        <v>155</v>
+        <v>177</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>156</v>
+        <v>178</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>157</v>
+        <v>179</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>158</v>
+        <v>180</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>159</v>
+        <v>181</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:7">
+        <v>183</v>
+      </c>
+      <c r="H26" s="0" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
       <c r="A27" s="0" t="s">
-        <v>162</v>
+        <v>185</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>163</v>
+        <v>186</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>164</v>
+        <v>187</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>166</v>
+        <v>189</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>167</v>
+        <v>190</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>168</v>
+        <v>191</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>192</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">