--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -38,63 +38,63 @@
   <si>
     <t>Rok obrotowy, którego dotyczy dywidenda</t>
   </si>
   <si>
     <t>2023-24**</t>
   </si>
   <si>
     <t>2022-23*</t>
   </si>
   <si>
     <t>2021-22</t>
   </si>
   <si>
     <t>2020-21</t>
   </si>
   <si>
     <t>2019-20</t>
   </si>
   <si>
     <t>Kwota dywidendy w tys. zł</t>
   </si>
   <si>
     <t>48 563</t>
   </si>
   <si>
-    <t>31 654</t>
-[...11 lines deleted...]
-    <t>14.04.2025</t>
+    <t>32 375</t>
+  </si>
+  <si>
+    <t>20 235</t>
+  </si>
+  <si>
+    <t>16 188</t>
+  </si>
+  <si>
+    <t>7 123</t>
+  </si>
+  <si>
+    <t>15.04.2025</t>
   </si>
   <si>
     <t>05.04.2024</t>
   </si>
   <si>
     <t>16.01.2023</t>
   </si>
   <si>
     <t>22.12.2021</t>
   </si>
   <si>
     <t>12.01.2021</t>
   </si>
   <si>
     <t>Dywidenda na akcję w złotych</t>
   </si>
   <si>
     <t>3,0</t>
   </si>
   <si>
     <t>2,0</t>
   </si>
   <si>
     <t>1,25</t>
   </si>