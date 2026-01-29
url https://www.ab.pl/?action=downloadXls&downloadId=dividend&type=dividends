--- v1 (2025-12-13)
+++ v2 (2026-01-29)
@@ -12,86 +12,113 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Rok obrotowy, którego dotyczy dywidenda</t>
   </si>
   <si>
     <t>2023-24**</t>
   </si>
   <si>
     <t>2022-23*</t>
   </si>
   <si>
     <t>2021-22</t>
   </si>
   <si>
     <t>2020-21</t>
   </si>
   <si>
     <t>2019-20</t>
   </si>
   <si>
     <t>Kwota dywidendy w tys. zł</t>
   </si>
   <si>
     <t>48 563</t>
   </si>
   <si>
     <t>32 375</t>
   </si>
   <si>
     <t>20 235</t>
   </si>
   <si>
     <t>16 188</t>
   </si>
   <si>
     <t>7 123</t>
+  </si>
+  <si>
+    <t>15 787 364</t>
+  </si>
+  <si>
+    <t>15 827 211</t>
+  </si>
+  <si>
+    <t>16 067 619</t>
+  </si>
+  <si>
+    <t>16 143 195</t>
+  </si>
+  <si>
+    <t>47 362</t>
+  </si>
+  <si>
+    <t>31 654</t>
+  </si>
+  <si>
+    <t>20 085</t>
+  </si>
+  <si>
+    <t>16 143</t>
+  </si>
+  <si>
+    <t>7 103</t>
   </si>
   <si>
     <t>15.04.2025</t>
   </si>
   <si>
     <t>05.04.2024</t>
   </si>
   <si>
     <t>16.01.2023</t>
   </si>
   <si>
     <t>22.12.2021</t>
   </si>
   <si>
     <t>12.01.2021</t>
   </si>
   <si>
     <t>Dywidenda na akcję w złotych</t>
   </si>
   <si>
     <t>3,0</t>
   </si>
   <si>
     <t>2,0</t>
   </si>
@@ -427,51 +454,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F6"/>
+  <dimension ref="A1:F8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="12" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="0"/>
       <c r="B1" s="0"/>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="0" t="s">
@@ -496,71 +523,105 @@
       </c>
       <c r="D4" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="B5" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
-      <c r="A6" s="0" t="s">
+      <c r="B6" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="E6" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D6" s="0" t="s">
+      <c r="F6" s="0" t="s">
         <v>20</v>
       </c>
-      <c r="E6" s="0" t="s">
+    </row>
+    <row r="7" spans="1:6">
+      <c r="B7" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="F6" s="0" t="s">
+      <c r="C7" s="0" t="s">
         <v>22</v>
+      </c>
+      <c r="D7" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="F7" s="0" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="F8" s="0" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">